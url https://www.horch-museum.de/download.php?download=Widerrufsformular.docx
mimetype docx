--- v0 (2025-10-18)
+++ v1 (2026-03-18)
@@ -3,373 +3,539 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="00831A2C" w:rsidRDefault="00F3084C" w:rsidP="00831A2C">
       <w:pPr>
         <w:pStyle w:val="StandardWeb"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellSpacing w:w="7" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9160"/>
+        <w:gridCol w:w="9056"/>
       </w:tblGrid>
       <w:tr w:rsidR="00831A2C">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00831A2C" w:rsidRDefault="00831A2C">
             <w:pPr>
               <w:pStyle w:val="StandardWeb"/>
             </w:pPr>
             <w:r>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00831A2C" w:rsidRPr="00831A2C" w:rsidRDefault="00831A2C">
+          <w:p w:rsidR="00831A2C" w:rsidRPr="00CE2416" w:rsidRDefault="00831A2C">
             <w:pPr>
               <w:pStyle w:val="StandardWeb"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00831A2C">
+            <w:r w:rsidRPr="00CE2416">
               <w:rPr>
                 <w:rStyle w:val="Fett"/>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Widerrufsformular</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00831A2C" w:rsidRDefault="00831A2C" w:rsidP="00831A2C">
+          <w:p w:rsidR="00831A2C" w:rsidRPr="00CE2416" w:rsidRDefault="00831A2C" w:rsidP="00831A2C">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> zurück.)</w:t>
+            <w:r w:rsidRPr="00CE2416">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
+              <w:t>Wenn Sie den Vertrag widerrufen wollen, füllen Sie bitte dieses Formular aus und senden Sie es</w:t>
+            </w:r>
+            <w:r w:rsidR="00364F39" w:rsidRPr="00CE2416">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE2416">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
+              <w:t>zurück</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE2416">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
+              <w:t>!</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00831A2C" w:rsidRPr="00831A2C" w:rsidRDefault="00831A2C" w:rsidP="00831A2C">
-            <w:r>
+          <w:p w:rsidR="00831A2C" w:rsidRPr="00CE2416" w:rsidRDefault="00831A2C" w:rsidP="00831A2C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE2416">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
               <w:br/>
-            </w:r>
-            <w:r w:rsidRPr="00831A2C">
               <w:t>August Horch Museum Zwickau gGmbH</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00831A2C" w:rsidRPr="00831A2C" w:rsidRDefault="00831A2C" w:rsidP="00831A2C">
-[...1 lines deleted...]
-              <w:t>Audistraße 7,</w:t>
+          <w:p w:rsidR="00831A2C" w:rsidRPr="00CE2416" w:rsidRDefault="00831A2C" w:rsidP="00831A2C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE2416">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
+              <w:t>Audistraße</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE2416">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00831A2C" w:rsidRPr="00831A2C" w:rsidRDefault="00831A2C" w:rsidP="00831A2C">
-            <w:r w:rsidRPr="00831A2C">
+          <w:p w:rsidR="00831A2C" w:rsidRPr="00CE2416" w:rsidRDefault="00831A2C" w:rsidP="00831A2C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE2416">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
               <w:t>08058 Zwickau</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="00831A2C" w:rsidRPr="00831A2C" w:rsidRDefault="00831A2C" w:rsidP="00831A2C">
+          <w:p w:rsidR="00831A2C" w:rsidRPr="00CE2416" w:rsidRDefault="00CE2416" w:rsidP="00831A2C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
+            </w:pPr>
             <w:hyperlink r:id="rId4" w:history="1">
-              <w:r w:rsidRPr="00831A2C">
+              <w:r w:rsidRPr="00CE2416">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 </w:rPr>
-                <w:t>info@horch-museum.de</w:t>
+                <w:t>j.hofmann@horch-museum.de</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r w:rsidRPr="00CE2416">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00831A2C" w:rsidRPr="00831A2C" w:rsidRDefault="00831A2C" w:rsidP="00831A2C">
-[...1 lines deleted...]
-              <w:t>Fax: 0375/27173811</w:t>
+          <w:p w:rsidR="00831A2C" w:rsidRPr="00CE2416" w:rsidRDefault="00831A2C" w:rsidP="00831A2C">
+            <w:pPr>
+              <w:pStyle w:val="StandardWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE2416">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
+              <w:t>Hiermit widerrufe(n) ich/wir (*) den von mir/uns (*) abgeschlossenen Vertrag über den Kauf</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE2416">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE2416">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
+              <w:t>der folgenden Waren (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CE2416">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
+              <w:t>*)/</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CE2416">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> die Erbringung der folgenden Dienstleistung (*)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00831A2C" w:rsidRPr="00CE2416" w:rsidRDefault="00831A2C" w:rsidP="00831A2C">
+            <w:pPr>
+              <w:pStyle w:val="StandardWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE2416">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>-Bestellt am (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CE2416">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
+              <w:t>*)/</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CE2416">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
+              <w:t>erhalten am (*)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00831A2C" w:rsidRPr="00CE2416" w:rsidRDefault="00831A2C" w:rsidP="00831A2C">
+            <w:pPr>
+              <w:pStyle w:val="StandardWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE2416">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>-Name des/der Verbraucher(s)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00831A2C" w:rsidRPr="00CE2416" w:rsidRDefault="00831A2C" w:rsidP="00831A2C">
+            <w:pPr>
+              <w:pStyle w:val="StandardWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE2416">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>-Anschrift des/der Verbraucher(s)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00831A2C" w:rsidRPr="00CE2416" w:rsidRDefault="00831A2C" w:rsidP="00831A2C">
+            <w:pPr>
+              <w:pStyle w:val="StandardWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00CE2416">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- Unterschrift des/der Verbraucher(s) (nur bei Mitteilung auf Papier)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00831A2C" w:rsidRDefault="00831A2C" w:rsidP="00831A2C">
             <w:pPr>
               <w:pStyle w:val="StandardWeb"/>
             </w:pPr>
-            <w:r>
-[...63 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00CE2416">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
               <w:br/>
               <w:t>- Datum</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00CE2416">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
               <w:br/>
               <w:t>_______________</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00CE2416">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              </w:rPr>
               <w:br/>
               <w:t>(*) Unzutreffendes streichen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00831A2C" w:rsidRDefault="00831A2C"/>
     <w:sectPr w:rsidR="00831A2C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00831A2C"/>
     <w:rsid w:val="00336E0C"/>
     <w:rsid w:val="00346174"/>
     <w:rsid w:val="00364F39"/>
     <w:rsid w:val="00831A2C"/>
     <w:rsid w:val="00C57CA9"/>
+    <w:rsid w:val="00CE2416"/>
     <w:rsid w:val="00F3084C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="18B94110"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2A39C927-9BD6-4264-A160-7E3D6F7D7EAF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -556,138 +722,155 @@
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="StandardWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Standard"/>
     <w:rsid w:val="00831A2C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fett">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:qFormat/>
     <w:rsid w:val="00831A2C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:rsid w:val="00831A2C"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="NichtaufgelsteErwhnung">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CE2416"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="1562860698">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1527254449">
           <w:blockQuote w:val="1"/>
           <w:marLeft w:val="720"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="100"/>
           <w:marBottom w:val="100"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@horch-museum.de" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.hofmann@horch-museum.de" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -946,75 +1129,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>93</Words>
-  <Characters>587</Characters>
+  <Words>89</Words>
+  <Characters>566</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr> </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>679</CharactersWithSpaces>
+  <CharactersWithSpaces>654</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>1376380</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:info@horch-museum.de</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>